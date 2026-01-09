--- v0 (2025-11-09)
+++ v1 (2026-01-09)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Пилипецька сільська рада</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(068)6433009</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>schoolvstudenyj@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://vstudene.klasna.com/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Росада Мирослава Василівна</t>
+          <t>Т.в.о. директора Блага Марія Іванівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -819,51 +819,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>2122482103</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с. Горб, Міжгірський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Горб, 2</t>
+          <t>вулиця Шевченка, 2а</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA21120170020021348</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Хустський р-н, с. Горб</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді, спорту та культури Колочавської сільської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(031)4624273</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
@@ -2175,51 +2175,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>2122482105</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>с. Мерешор, Міжгірський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мерешор, 7</t>
+          <t>вулиця Возз'єднання, 7</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA21120170040087000</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Хустський р-н, с. Мерешор</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді, спорту та культури Колочавської сільської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(097)9210672</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
@@ -2627,51 +2627,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>2122484001</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>с. Негровець, Міжгірський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця без вулиці, без номера</t>
+          <t>вулиця Центральна, 238</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA21120170050027376</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Хустський р-н, с. Негровець</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді, спорту та культури Колочавської сільської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(031)4623708</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">