--- v0 (2025-11-06)
+++ v1 (2026-03-03)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Довжанська гімназія Довжанської сільської ради</t>
+          <t>Довжанська гімназія Довжанської селищної ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>151045</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Довжанська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -432,51 +432,51 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Довжанський ліцей імені Василя Німчука Довжанської сільської ради</t>
+          <t>Довжанський ліцей імені Василя Німчука Довжанської селищної ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>151043</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Довжанський ліцей ім. В. Німчука</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>