--- v0 (2025-10-13)
+++ v1 (2025-12-12)
@@ -319,99 +319,99 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Броньківський ліцей Довжанської сільської ради</t>
+          <t>Броньківський ліцей Довжанської селищної ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>151048</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Броньківський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2121981601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Бронька, Іршавський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця відсутня, 89</t>
+          <t>вулиця Шевченка, 22</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21120070020093628</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Хустський р-н, с. Бронька</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді, спорту та туризму Довжанської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)1700637</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">