--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -2002,51 +2002,51 @@
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Довжанська гімназія Довжанської сільської ради</t>
+          <t>Довжанська гімназія Довжанської селищної ради</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>151045</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>Довжанська гімназія</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -2115,51 +2115,51 @@
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Довжанський ліцей імені Василя Німчука Довжанської сільської ради</t>
+          <t>Довжанський ліцей імені Василя Німчука Довжанської селищної ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
         <v>151043</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>Довжанський ліцей ім. В. Німчука</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>