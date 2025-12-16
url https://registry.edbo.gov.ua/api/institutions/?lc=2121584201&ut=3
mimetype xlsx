--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -388,64 +388,60 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 104</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21040190010057812</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Нижні Ворота</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури, туризму та охорони здоров'я Нижньоворітської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(095)4885058</t>
+          <t>(095)4885057</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>school-internat@ukr.net</t>
         </is>
       </c>
-      <c r="S2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Гвоздак Наталія Антонівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>