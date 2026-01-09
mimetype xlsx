--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -388,60 +388,64 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Верховинська, 4</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21040190050095127</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Верхні Ворота</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури, туризму та охорони здоров'я Нижньоворітської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03136)31-3-82, (066)5712830</t>
+          <t>(03136)31-3-82, (095)8965587</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>vvorotascool@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S2" s="4"/>
+          <t>vvorotaschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>https://vv.school.org.ua/</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Голянич Наталія Юріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>