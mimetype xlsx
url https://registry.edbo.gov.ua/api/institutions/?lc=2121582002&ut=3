--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -388,62 +388,62 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 4</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21040190060013924</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Завадка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури, туризму та охорони здоров'я Нижньоворітської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03136)41-3-70, (098)8114089</t>
+          <t>(03136)41-3-70, (099)2376170</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zavadka-school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://zavadskaschool.at.ua</t>
+          <t>https://sites.google.com/view/zavadska-school/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ківкович Іван Юрійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>