--- v0 (2025-10-15)
+++ v1 (2025-12-12)
@@ -397,51 +397,55 @@
           <t>UA21040190040089736</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Верб’яж</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури, туризму та охорони здоров'я Нижньоворітської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03136)45-3-21, (066)4820451</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>horbeim@ukr.net</t>
         </is>
       </c>
-      <c r="S2" s="4"/>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>https://verbjaz.klasna.com/</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ковач Ганна Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>