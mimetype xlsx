--- v0 (2025-11-06)
+++ v1 (2026-03-05)
@@ -397,51 +397,55 @@
           <t>UA21040190030016700</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Біласовиця</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури, туризму та охорони здоров'я Нижньоворітської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)3304459, (03136)45-3-21</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bilasovchool@gmail.com</t>
         </is>
       </c>
-      <c r="S2" s="4"/>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>https://bilaschooll.klasna.com/</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Губинець Світлана Євгенівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>