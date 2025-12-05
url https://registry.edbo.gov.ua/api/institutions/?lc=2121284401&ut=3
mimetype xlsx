--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 3</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21020110100043868</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Берегівський р-н, с. Підвиноградів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Виноградівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(050)5009335</t>
+          <t>(096)6052689</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pidvzoh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Довганич Володимир Іванович</t>
+          <t>Т.в.о. директора Стесович Мирослав Васильович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>