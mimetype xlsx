--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -4804,63 +4804,63 @@
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 3</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA21020110100043868</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Берегівський р-н, с. Підвиноградів</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Виноградівської міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(050)5009335</t>
+          <t>(096)6052689</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
           <t>pidvzoh@ukr.net</t>
         </is>
       </c>
       <c r="S42" s="4"/>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Довганич Володимир Іванович</t>
+          <t>Т.в.о. директора Стесович Мирослав Васильович</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">