--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -844,51 +844,51 @@
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді, спорту і туризму Пийтерфолвівської сільської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(098)9519470</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>vpalad-zosh@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>npaladi-iskola.hupont.hu/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Теремта Інна Михайлівна</t>
+          <t>Директор Бокоч Йолана Степанівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">