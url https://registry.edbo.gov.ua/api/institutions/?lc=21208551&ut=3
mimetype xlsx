--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -319,246 +319,246 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Великоберезнянська загальноосвітня санаторна школа-інтернат I-III ступенів Закарпатської обласної ради</t>
+          <t>Великоберезнянський ліцей Великоберезнянської селищної ради Ужгородського району Закарпатської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>150774</v>
+        <v>150051</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Великоберезнянська загальноосвітня санаторна школа</t>
+          <t>Великоберезнянський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа-інтернат</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2120855100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Великий Березний, Великоберезнянський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Штефаника, 126</t>
+          <t>вулиця Загородня, 70</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21100030010048161</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Ужгородський р-н, с-ще Великий Березний</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
+          <t>Відділ освіти, культури, сім'ї, молоді, спорту та соціального захисту населення Великоберезнянської селищної ради Ужгородського району Закарпатської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03135)23156</t>
+          <t>(03135)21972</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>internat-vber@ukr.net</t>
+          <t>vbzosh@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Шулевка Іванна Іванівна</t>
+          <t>Директор Бланяр Ярослава Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Великоберезнянський ліцей Великоберезнянської селищної ради Ужгородського району Закарпатської області</t>
+          <t>Великоберезнянський ліцей з посиленою військово-фізичною підготовкою Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>150051</v>
+        <v>150774</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Великоберезнянський ліцей</t>
+          <t>Великоберезнянський ліцей з посиленою військово-фізичною підготовкою</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>ліцей з посиленою військово-фізичною підготовкою</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>2120855100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Великий Березний, Великоберезнянський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Загородня, 70</t>
+          <t>вулиця Штефаника, 126</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA21100030010048161</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Ужгородський р-н, с-ще Великий Березний</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім'ї, молоді, спорту та соціального захисту населення Великоберезнянської селищної ради Ужгородського району Закарпатської області</t>
+          <t>Департамент освіти і науки, молоді та спорту Закарпатської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(03135)21972</t>
+          <t>(03135)23156</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>vbzosh@gmail.com</t>
+          <t>internat-vber@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Бланяр Ярослава Михайлівна</t>
+          <t>Директор Шулевка Іванна Іванівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Ліцей "Ерудит" Великоберезнянської селищної ради Ужгородського району Закарпатської області</t>
         </is>
       </c>