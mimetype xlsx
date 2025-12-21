--- v0 (2025-11-01)
+++ v1 (2025-12-21)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Берегівський р-н, с. Нижні Ремети</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Великоберезької сільської ради Берегівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(066)5548253</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>remetyschool@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Балега Марія Василівна</t>
+          <t>Завідувач філією Кобаль Каріна Ігорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>