--- v0 (2025-10-30)
+++ v1 (2026-03-05)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2120484401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Бене, Берегівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ракоці, 83/а</t>
+          <t>вулиця Ракоці, 83/Б</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21020030040099324</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Берегівський р-н, с. Бене</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та культури Берегівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(066)9698439</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">