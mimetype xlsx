--- v0 (2025-10-20)
+++ v1 (2025-12-10)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Берегівський р-н, с. Великі Береги</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Великоберезької сільської ради Берегівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03141)56-289</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nagyberegiskola@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Гейці Тихомир Тихомирович</t>
+          <t>Директор Ковач Моніка Золтанівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -513,51 +513,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Великоберезької сільської ради Берегівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(099)4234145</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>nbrl.kre@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>www.nbrl.com.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Іоніка-Антал Вікторія Степанівна</t>
+          <t>Директор Іоніка-Антал Вікторія Степанівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>