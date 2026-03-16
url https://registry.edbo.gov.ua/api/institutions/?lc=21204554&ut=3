--- v0 (2025-11-03)
+++ v1 (2026-03-16)
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 4</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21020010010017959</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Берегівський р-н, с-ще Батьово</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Батівська селищна рада Берегівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(050)1964252</t>
+          <t>(066)4426587</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>batjovo.shkolasad@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Хіміч Іванна Іванівна</t>
+          <t>Директор Ребрик Ольга Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">