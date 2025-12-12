--- v0 (2025-10-18)
+++ v1 (2025-12-12)
@@ -755,1036 +755,1036 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Хустська загальноосвітня школа I-ІII ступенів №2 Хустської міської ради Закарпатської області</t>
+          <t>Хустська гімназія №5 Хустської міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>149992</v>
+        <v>149824</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Хустська ЗОШ І-ІІІ №2</t>
+          <t>Хустська гімназія №5</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>2110800000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Хуст, Закарпатська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свободи, 10</t>
+          <t>вулиця Садова, 6</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., м. Хуст</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, релігій та у справах національностей Хустського міськвиконкому</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(03142)4-43-13</t>
+          <t>(03142)45502</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>schoolkhust2@gmail.com</t>
+          <t>nvk1.khust@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://hust2.school.org.ua/</t>
+          <t>http://hust-nvk.osv.org.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Зейкан Микола Олександрович</t>
+          <t>Директор Демеш Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Хустська загальноосвітня школа I-ІII ступенів №4 Хустської міської ради Закарпатської області</t>
+          <t>Хустська загальноосвітня школа I-ІII ступенів №2 Хустської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>149826</v>
+        <v>149992</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>ХустськаЗОШ№4</t>
+          <t>Хустська ЗОШ І-ІІІ №2</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2110800000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Хуст, Закарпатська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Керамічна, 17</t>
+          <t>вулиця Свободи, 10</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., м. Хуст</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, релігій та у справах національностей Хустського міськвиконкому</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(03142)43652</t>
+          <t>(03142)4-43-13</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>school4.2015@gmail.com</t>
+          <t>schoolkhust2@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://hust4.school.org.ua/</t>
+          <t>http://hust2.school.org.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Ігнат Віталія Василівна</t>
+          <t>Директор Зейкан Микола Олександрович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Хустська спеціалізована школа І-ІІІ ступенів №1 імені А. Волошина Хустської міської ради Закарпатської області</t>
+          <t>Хустська загальноосвітня школа I-ІII ступенів №4 Хустської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>149845</v>
+        <v>149826</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Хустська спеціалізована школа №1 імені А. Волошина</t>
+          <t>ХустськаЗОШ№4</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>2110800000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Хуст, Закарпатська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Карпатської України, 16</t>
+          <t>вулиця Керамічна, 17</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., м. Хуст</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, релігій та у справах національностей Хустського міськвиконкому</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(03142)43116</t>
+          <t>(03142)43652</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>spec_1@i.ua</t>
+          <t>school4.2015@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://hust1.school.org.ua/</t>
+          <t>http://hust4.school.org.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Липчей Олександр Юрійович</t>
+          <t>Директор Ігнат Віталія Василівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Хустська спеціалізована школа І-ІІІ ступенів №6 Хустської міської ради Закарпатської області</t>
+          <t>Хустська спеціалізована школа І-ІІІ ступенів №1 імені А. Волошина Хустської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>149833</v>
+        <v>149845</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Хустська СШ І-ІІІ №6</t>
+          <t>Хустська спеціалізована школа №1 імені А. Волошина</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>2110800000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Хуст, Закарпатська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Карпатської Січі, 47</t>
+          <t>вулиця Карпатської України, 16</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., м. Хуст</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, релігій та у справах національностей Хустського міськвиконкому</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(03142)4-36-56</t>
+          <t>(03142)43116</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>specializ6.khust@gmail.com</t>
+          <t>spec_1@i.ua</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://hust6.school.org.ua/</t>
+          <t>http://hust1.school.org.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Дуда Тетяна Василівна</t>
+          <t>Директор Липчей Олександр Юрійович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Хустська спеціальна школа I-IІI ступенів Закарпатської обласної ради</t>
+          <t>Хустська спеціалізована школа І-ІІІ ступенів №6 Хустської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>149914</v>
+        <v>149833</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Хустська спецшкола</t>
+          <t>Хустська СШ І-ІІІ №6</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>2110800000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Хуст, Закарпатська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Карпатської Січі, 48</t>
+          <t>вулиця Карпатської Січі, 47</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., м. Хуст</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, релігій та у справах національностей Хустського міськвиконкому</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(03142)44366</t>
+          <t>(03142)4-36-56</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>khust.spetsshkola@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S10" s="4"/>
+          <t>specializ6.khust@gmail.com</t>
+        </is>
+      </c>
+      <c r="S10" s="4" t="inlineStr">
+        <is>
+          <t>http://hust6.school.org.ua/</t>
+        </is>
+      </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Микитюк Жанна Миколаївна</t>
+          <t>Директор Дуда Тетяна Василівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Хустський багатопрофільний ліцей №1 імені Івана Магули Хустської міської ради</t>
+          <t>Хустська спеціальна школа I-IІI ступенів Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>149832</v>
+        <v>149914</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Хустський багатопрофільний ліцей №1</t>
+          <t>Хустська спецшкола</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>2110800000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Хуст, Закарпатська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Корятовича, 2</t>
+          <t>вулиця Карпатської Січі, 48</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., м. Хуст</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, релігій та у справах національностей Хустського міськвиконкому</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(03142)4-35-53</t>
+          <t>(03142)44366</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>gimnaziya.khust@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>khust.spetsshkola@gmail.com</t>
+        </is>
+      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Шкробинець Мирослав Васильович</t>
+          <t>В.о. директора Микитюк Жанна Миколаївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Хустський ліцей №3 Хустської міської ради</t>
+          <t>Хустський багатопрофільний ліцей №1 імені Івана Магули Хустської міської ради</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>149825</v>
+        <v>149832</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Хустський ліцей №3</t>
+          <t>Хустський багатопрофільний ліцей №1</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>2110800000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Хуст, Закарпатська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Степена Бандери, 1-А</t>
+          <t>вулиця Корятовича, 2</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., м. Хуст</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, релігій та у справах національностей Хустського міськвиконкому</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(031)4253274</t>
+          <t>(03142)4-35-53</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>specializ.3khust@gmail.com</t>
+          <t>gimnaziya.khust@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://hust3.school.org.ua/</t>
+          <t>http://www.khust-gymnasium.edukit.uz.ua/</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Рішко Віталій Степанович</t>
+          <t>В.о. директора Шкробинець Мирослав Васильович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Хустський ліцей №5 Хустської міської ради</t>
+          <t>Хустський ліцей №3 Хустської міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>149827</v>
+        <v>149825</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Хустський ліцей №5</t>
+          <t>Хустський ліцей №3</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>2110800000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Хуст, Закарпатська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Львівська, 66</t>
+          <t>вулиця Степена Бандери, 1-А</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., м. Хуст</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, релігій та у справах національностей Хустського міськвиконкому</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(03142)44159</t>
+          <t>(031)4253274</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>xust.school5@ukr.net</t>
+          <t>specializ.3khust@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://hust5.school.org.ua/</t>
+          <t>http://hust3.school.org.ua/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Борка Вікторія Володимирівна</t>
+          <t>Директор Рішко Віталій Степанович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Хустський навчально-виховний комплекс №1 Хустської міської ради Закарпатської області</t>
+          <t>Хустський ліцей №5 Хустської міської ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>149824</v>
+        <v>149827</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Хустський НВК №1</t>
+          <t>Хустський ліцей №5</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>2110800000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Хуст, Закарпатська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 6</t>
+          <t>вулиця Львівська, 66</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA21120250010053148</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., м. Хуст</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, релігій та у справах національностей Хустського міськвиконкому</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(03142)45502</t>
+          <t>(03142)44159</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>nvk1.khust@gmail.com</t>
+          <t>xust.school5@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://hust-nvk.osv.org.ua</t>
+          <t>http://hust5.school.org.ua/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Демеш Тетяна Вікторівна</t>
+          <t>Директор Борка Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
   </sheetData>