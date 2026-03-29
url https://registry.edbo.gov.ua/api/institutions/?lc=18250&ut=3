--- v0 (2025-12-29)
+++ v1 (2026-03-29)
@@ -1092,51 +1092,51 @@
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Комунальна установа "Гута-Потіївська гімназія" Потіївської сільської ради Житомирської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>146549</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>КУ "Гута-Потіївська гімназія"</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1825082201</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>с. Гута-Потіївка, Радомишльський район, Житомирська область</t>