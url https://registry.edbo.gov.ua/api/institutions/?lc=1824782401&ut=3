--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -367,72 +367,72 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1824782401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Котлярка, Попільнянський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 10</t>
+          <t>вулиця Смогоржевського Івана, 10</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18040390060054992</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Котлярка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Попільнянської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04137)71430</t>
+          <t>(068)0220486</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>school_kotlyarka@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Заволока Віктор Вячеславович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">