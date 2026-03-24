--- v0 (2025-11-09)
+++ v1 (2026-03-24)
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Героїв України, 17</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18060190460071913</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Коростенський р-н, с. Сердюки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Олевської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)6089078</t>
+          <t>(096)5506357</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>usoroka622@gmail.com</t>
+          <t>eremchuk93@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Сорока Юлія Анатоліївна</t>
+          <t>Директор Єремчук Вікторія Павлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>