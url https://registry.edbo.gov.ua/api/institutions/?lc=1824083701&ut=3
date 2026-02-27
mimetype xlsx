--- v0 (2025-10-25)
+++ v1 (2026-02-27)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1824083701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Наталівка, Новоград-Волинський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 3</t>
+          <t>провулок Шкільний, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18080150120049372</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Звягельський р-н, с. Наталівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Звягельської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)3543167</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">