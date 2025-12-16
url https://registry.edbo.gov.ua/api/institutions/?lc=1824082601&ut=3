--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -337,102 +337,102 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Красилівський ліцей Чижівської сільської ради Звягельського району Житомирської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>148883</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Красилівський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1824082601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Красилівка, Новоград-Волинський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 41</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18080210110097685</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Звягельський р-н, с. Красилівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Чижівської сільської ради Звягельського району Житомирської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)3555705</t>
+          <t>(097)7639756</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kraculivska_zosh@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Будерацька Світлана Святославівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">