--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Коростенський р-н, с. Любовичі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді, спорту та національно-патріотичного виховання виконавчого комітету Малинської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(099)3352144</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>lybovychyzosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Сафанюк Тамара Іванівна</t>
+          <t>Т.в.о. директора Литвиненко Олена Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>