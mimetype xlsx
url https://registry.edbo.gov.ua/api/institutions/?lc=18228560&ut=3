--- v0 (2025-10-16)
+++ v1 (2026-02-27)
@@ -319,132 +319,132 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Миролюбівська гімназія Лугинської селищної ради Коростенського району Житомирської області</t>
+          <t>Миролюбівська початкова школа Лугинської селищної ради Коростенського району Житомирської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>147990</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Миролюбівська гімназія</t>
+          <t>Миролюбівська початкова школа</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1822856000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Миролюбів, Лугинський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 9</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18060110020045140</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Коростенський р-н, с-ще Миролюбів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Лугинської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(099)0928571</t>
+          <t>(099)5654798</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zhovtneva_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Давиденко Леонід Леонідович</t>
+          <t>Директор Прокопенко Оксана Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>