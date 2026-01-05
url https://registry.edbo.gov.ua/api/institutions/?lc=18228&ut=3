--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -1292,132 +1292,132 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Миролюбівська гімназія Лугинської селищної ради Коростенського району Житомирської області</t>
+          <t>Миролюбівська початкова школа Лугинської селищної ради Коростенського району Житомирської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>147990</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Миролюбівська гімназія</t>
+          <t>Миролюбівська початкова школа</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1822856000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>смт Миролюбів, Лугинський район, Житомирська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 9</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA18060110020045140</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Коростенський р-н, с-ще Миролюбів</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Лугинської селищної ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(099)0928571</t>
+          <t>(099)5654798</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>zhovtneva_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Давиденко Леонід Леонідович</t>
+          <t>Директор Прокопенко Оксана Олександрівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">