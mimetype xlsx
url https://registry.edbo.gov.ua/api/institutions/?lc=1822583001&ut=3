--- v0 (2025-10-29)
+++ v1 (2026-02-27)
@@ -375,51 +375,51 @@
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1822583001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Квітневе, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Партизанська, 100</t>
         </is>
       </c>
       <c r="L2" s="6"/>
       <c r="M2" s="4"/>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04130)75240</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kvitneve-school2@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Статкевич Лілія Станіславівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">