--- v0 (2025-10-28)
+++ v1 (2026-02-14)
@@ -371,51 +371,51 @@
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1822581501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Вільня, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 5-а</t>
         </is>
       </c>
       <c r="L2" s="6"/>
       <c r="M2" s="4"/>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>0980631577</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>irinazin4encko@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">