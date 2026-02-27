--- v0 (2025-12-10)
+++ v1 (2026-02-27)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Більківці, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18040250030014519</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Більківці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04130)74290</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Bilckovci@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://bilckovci-school.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Керівник Нідзолік Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>