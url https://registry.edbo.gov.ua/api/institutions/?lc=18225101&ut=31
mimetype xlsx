--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -379,51 +379,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Семінарська, 68</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04130)54137, (04130)54260</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>malyatko10@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/wwwzdo10ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -488,51 +488,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Володимирська, 3А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://jalinka.mozello.com</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -589,51 +589,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>провулок Зарічний, 12</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(04130)51233</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>lastivkadnz6@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://zdo-6-lastivka.mozello.com</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -698,51 +698,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Героїв Чорнобиля, 48</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
@@ -795,51 +795,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Горького, 1-В</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(04130)4-32-94</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>dnz71964@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
@@ -900,51 +900,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Чкалова, 4</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>0413053047</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>sadochok8@mail.ru</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">