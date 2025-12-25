--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 5-а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04130)7-22-30</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>vilnya_scool@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://vilnya-online.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Кончаківська Олена Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -605,51 +605,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Дарбіняна, 10</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(04130)52983</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>nvkkr@meta.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://kornvk.hostenko.com</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Ліцевич Любов Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -718,51 +718,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Назаренка, 16</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(04130)52461</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>zoch3_kr@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>https://school3zochi-iii.mirshkol.com/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Андрейченко Ірина Станіславівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -831,51 +831,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця М. Добрянського, 33</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(0413)058591</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>kgg5.kr.zt@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://www.g5.at.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Вдовенко Юрій Васильович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
@@ -944,51 +944,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Каденюка Леоніда, 14</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(04130)56257</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>schoolkr9@meta.ua</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>https://olegolzhuch.wixsite.com/nvk-olzhych-kor</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Кирилюк Світлана Петрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
@@ -1057,72 +1057,72 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 39</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(04130)51773</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>korschool1@i.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>https://korschool1.webnode.com.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Позняков Павло Миколайович</t>
+          <t>Директор Мусієнко Сергій Олександрович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1279,51 +1279,51 @@
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Мікаберідзе, 12-Б</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(04130)78233</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>strizhevka@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Директор Пригон Галина Степанівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
@@ -1388,51 +1388,51 @@
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 33</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(04130)79230</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>schiglivskazosh@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>https://schiglivskazosh.wixsite.com/website</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Павицький Віталій Володимирович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>