--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -383,72 +383,72 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Більківці, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18040250030014519</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Більківці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04130)74290</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Bilckovci@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://bilckovci-school.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Нідзолік Наталія Миколаївна</t>
+          <t>Керівник Нідзолік Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -928,51 +928,51 @@
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1822583001</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Квітневе, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Партизанська, 100</t>
         </is>
       </c>
       <c r="L7" s="6"/>
       <c r="M7" s="4"/>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(04130)75240</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>kvitneve-school2@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Статкевич Лілія Станіславівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
@@ -1263,51 +1263,51 @@
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 5-а</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(04130)7-22-30</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>vilnya_scool@meta.ua</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://vilnya-online.at.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Директор Кончаківська Олена Володимирівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
@@ -1485,51 +1485,51 @@
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
           <t>вулиця Дарбіняна, 10</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(04130)52983</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>nvkkr@meta.ua</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
           <t>http://kornvk.hostenko.com</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Ліцевич Любов Володимирівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
@@ -1598,51 +1598,51 @@
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Назаренка, 16</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(04130)52461</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>zoch3_kr@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>https://school3zochi-iii.mirshkol.com/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Андрейченко Ірина Станіславівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
@@ -1711,51 +1711,51 @@
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
           <t>вулиця М. Добрянського, 33</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(0413)058591</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>kgg5.kr.zt@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
           <t>http://www.g5.at.ua</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
           <t>Директор Вдовенко Юрій Васильович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
@@ -1824,51 +1824,51 @@
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
           <t>вулиця Каденюка Леоніда, 14</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(04130)56257</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>schoolkr9@meta.ua</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
           <t>https://olegolzhuch.wixsite.com/nvk-olzhych-kor</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
           <t>Директор Кирилюк Світлана Петрівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
@@ -1937,72 +1937,72 @@
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 39</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(04130)51773</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>korschool1@i.ua</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
           <t>https://korschool1.webnode.com.ua/</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Позняков Павло Миколайович</t>
+          <t>Директор Мусієнко Сергій Олександрович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
@@ -2159,51 +2159,51 @@
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
           <t>вулиця Мікаберідзе, 12-Б</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(04130)78233</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>strizhevka@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
           <t>Директор Пригон Галина Степанівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
@@ -2268,51 +2268,51 @@
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Коростишів, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 33</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(04130)79230</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>schiglivskazosh@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
           <t>https://schiglivskazosh.wixsite.com/website</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
           <t>Директор Павицький Віталій Володимирович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
@@ -2373,51 +2373,51 @@
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>1822583601</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>с. Кропивня, Коростишівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 1</t>
         </is>
       </c>
       <c r="L20" s="6"/>
       <c r="M20" s="4"/>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(04130)72443</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4"/>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Волосевич Валентина Полеславівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>