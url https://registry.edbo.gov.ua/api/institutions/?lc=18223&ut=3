--- v0 (2025-11-04)
+++ v1 (2026-01-08)
@@ -545,141 +545,141 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Васьковицький ліцей Коростенської міської ради</t>
+          <t>Васьковицький ліцей Коростенської міської ради Житомирської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>148649</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Васьковицький ліцей</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1822380901</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Васьковичі, Коростенський район, Житомирська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева, 5</t>
+          <t>вулиця Незалежності, 5</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA18060090070057522</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Коростенський р-н, с. Васьковичі</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Коростенської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(067)9384814, (04142)64252</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>vaskivsk@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>vaskovichischool.blogspot.com</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Макарчук Сергій Федорович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Веселівська гімназія Ушомирської сільської ради</t>
         </is>
       </c>