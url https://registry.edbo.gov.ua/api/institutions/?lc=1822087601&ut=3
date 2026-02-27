--- v0 (2025-10-24)
+++ v1 (2026-02-27)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1822087601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Троянів, Житомирський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Войтицького, 37а</t>
+          <t>вулиця Міський бік, 37а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18040350240098152</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Троянів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новогуйвинської селищної ради Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0412)493272</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">