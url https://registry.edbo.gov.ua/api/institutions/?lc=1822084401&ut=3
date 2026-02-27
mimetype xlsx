--- v0 (2025-11-08)
+++ v1 (2026-02-27)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Ліщинська гімназія Станишівської сільської ради Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>144330</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Ліщинська ЗОШ І-ІІІ ступенів</t>
+          <t>Ліщинська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1822084401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Ліщин</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Станишівська сільська рада Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)5627025</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>lischinschool@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Зієдуллаєва Лариса Ігорівна</t>
+          <t>Директор Оленюк Дмитро Олександрович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>