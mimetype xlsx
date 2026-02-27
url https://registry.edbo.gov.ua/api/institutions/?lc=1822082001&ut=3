--- v0 (2025-12-08)
+++ v1 (2026-02-27)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Глибочиця</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Глибочицької сільської ради Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0412)406808</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>aa2012ukr@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Сидорчук Ганна Василівна</t>
+          <t>Т.в.о. директора Корзун Неля Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>