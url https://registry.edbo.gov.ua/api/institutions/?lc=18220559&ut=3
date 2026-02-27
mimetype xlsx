--- v0 (2025-10-18)
+++ v1 (2026-02-27)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18040350030097353</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с-ще Озерне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новогуйвинської селищної ради Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0412)400766</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>ozerne_school@ukr.net</t>
+          <t>ozernenskij.licej@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://ozernegym.in.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Власюк Анатолій Петрович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>