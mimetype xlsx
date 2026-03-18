--- v0 (2025-10-18)
+++ v1 (2026-03-18)
@@ -1296,51 +1296,51 @@
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Глибочиця</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Глибочицької сільської ради Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0412)406808</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>aa2012ukr@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Сидорчук Ганна Василівна</t>
+          <t>Т.в.о. директора Корзун Неля Володимирівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -2564,51 +2564,51 @@
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
           <t>Ліщинська гімназія Станишівської сільської ради Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
         <v>144330</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Ліщинська ЗОШ І-ІІІ ступенів</t>
+          <t>Ліщинська гімназія</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>1822084401</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
@@ -2632,51 +2632,51 @@
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Ліщин</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Станишівська сільська рада Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(097)5627025</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
           <t>lischinschool@gmail.com</t>
         </is>
       </c>
       <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Зієдуллаєва Лариса Ігорівна</t>
+          <t>Директор Оленюк Дмитро Олександрович</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
@@ -3070,51 +3070,51 @@
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA18040350030097353</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с-ще Озерне</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новогуйвинської селищної ради Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(0412)400766</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>ozerne_school@ukr.net</t>
+          <t>ozernenskij.licej@gmail.com</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
           <t>http://ozernegym.in.ua/</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
           <t>Директор Власюк Анатолій Петрович</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -4153,51 +4153,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>1822087601</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>с. Троянів, Житомирський район, Житомирська область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Войтицького, 37а</t>
+          <t>вулиця Міський бік, 37а</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA18040350240098152</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Троянів</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новогуйвинської селищної ради Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
           <t>(0412)493272</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">