--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -501,51 +501,51 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Військова, 40</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA18080130010016971</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Звягельський р-н, с-ще Ємільчине</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ємільчинської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(096)7706938</t>
+          <t>(067)7538092</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>emgymnasium2@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Ярошук Лілія Степанівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">