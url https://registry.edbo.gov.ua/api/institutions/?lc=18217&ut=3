--- v0 (2025-10-17)
+++ v1 (2025-12-19)
@@ -668,102 +668,102 @@
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Варварівський ліцей Чижівської сільської ради Звягельського району Житомирської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>138583</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Варварівський ліцей</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1821781601</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Варварівка, Ємільчинський район, Житомирська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA18080210030046899</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Звягельський р-н, с. Варварівка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Чижівської сільської ради Звягельського району Житомирської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(097)7108793</t>
+          <t>(097)7639756</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>VarvarivkaSchool@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://varvarivka-zosh.zt.sch.in.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Кушніровська Тетяна Йосипівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
@@ -1288,51 +1288,51 @@
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Звягельський р-н, с-ще Ємільчине</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ємільчинської селищної ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(096)7706938</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>emgymnasium2@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Давидова Світлана Сергіївна</t>
+          <t>Директор Ярошук Лілія Степанівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -2269,67 +2269,67 @@
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
           <t>вулиця Федори Лебіги, 2</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA18080210230029405</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Звягельський р-н, с. Сербо-Слобідка</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Чижівської сільської ради Звягельського району Житомирської області</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(067)4394805</t>
+          <t>(096)9101186</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>serbo_school_1976@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
           <t>http://sslobidka-zosh.zt.sch.in.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Литвинчук Тетяна Іванівна</t>
+          <t>Директор Єжевська Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
@@ -2729,51 +2729,51 @@
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Звягельський р-н, с. Хутір-Мокляки</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ємільчинської селищної ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
           <t>(067)2924120</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
           <t>chytirmok@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Шокур Наталія Олексіївна</t>
+          <t>Завідувач філією Гунько Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
@@ -2888,102 +2888,102 @@
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
           <t>Яблунівська гімназія Чижівської сільської ради Звягельського району Житомирської області</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
         <v>138506</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>Яблунівська гімназія</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>1821786002</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>с. Яблунівка, Ємільчинський район, Житомирська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
           <t>вулиця Вишнева, 1</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA18080210270062372</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Звягельський р-н, с. Яблунівка</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Чижівської сільської ради Звягельського району Житомирської області</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(096)9101186</t>
+          <t>(097)7639756</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>natali_yablunivka@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
           <t>http://yablunivka-zosh.zt.sch.in.ua</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
           <t>Директор Єжевська Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>