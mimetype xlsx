--- v1 (2025-12-19)
+++ v2 (2026-03-19)
@@ -1276,51 +1276,51 @@
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Військова, 40</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA18080130010016971</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Звягельський р-н, с-ще Ємільчине</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ємільчинської селищної ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(096)7706938</t>
+          <t>(067)7538092</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>emgymnasium2@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Директор Ярошук Лілія Степанівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">