--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -513,51 +513,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Романівської селищної ради Житомирського району Житомирської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04146)26583, (067)6498617</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>byldichev@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>byldichev.blogspot.com</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Колесник Ірина Анатоліївна</t>
+          <t>Завідувач філією Теленченко Олена Вікторівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">