--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -342,105 +342,109 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Поромівська філія Хорошівського ліцею №2</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>144901</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Поромівська філія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1821183601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Поромівка, Хорошівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Житомирська, 26</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18040570420042084</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Поромівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Хорошівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04145)63240</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4"/>
+      <c r="R2" s="4" t="inlineStr">
+        <is>
+          <t>fporom2025@gmail.com</t>
+        </is>
+      </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Євпак Оксана Василівна</t>
+          <t>Завідувач філією Шарненкова Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>