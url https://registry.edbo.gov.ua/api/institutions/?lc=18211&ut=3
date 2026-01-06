--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA18040570100017907</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Грушки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Хорошівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)2460993</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>grushki.school@ukr.net</t>
+          <t>grushkischool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Малярчук Людмила Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
@@ -1537,105 +1537,109 @@
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Поромівська філія Хорошівського ліцею №2</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>144901</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Поромівська філія</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1821183601</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с. Поромівка, Хорошівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Житомирська, 26</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA18040570420042084</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Поромівка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Хорошівської селищної ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(04145)63240</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
-      <c r="R13" s="4"/>
+      <c r="R13" s="4" t="inlineStr">
+        <is>
+          <t>fporom2025@gmail.com</t>
+        </is>
+      </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Євпак Оксана Василівна</t>
+          <t>Завідувач філією Шарненкова Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
@@ -1751,51 +1755,51 @@
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Сколобівська філія Рижанського ліцею Житомирської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>143570</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>Сколобівська філія Рижанського ліцею</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1821184101</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>с. Сколобів, Хорошівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 9</t>
@@ -1814,51 +1818,51 @@
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Хорошівської селищної ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(096)8473169</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>volodark@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Соловей Сергій Васильович</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
           <t>Топорищенський ліцей Житомирської області</t>
         </is>
       </c>
@@ -2280,51 +2284,51 @@
       <c r="A20" s="4" t="inlineStr">
         <is>
           <t>Червоногранітнянська філія Хорошівського ліцею № 2 Житомирської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
         <v>143555</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>Червоногранітнянська філія Хорошівського ліцею № 2 Житомирської області</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>1821185409</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>с-ще Червоногранітне, Хорошівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 6</t>
@@ -2343,51 +2347,51 @@
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Хорошівської селищної ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(096)8574260</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>schkola1980@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Кочин Неля Степанівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y20"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">