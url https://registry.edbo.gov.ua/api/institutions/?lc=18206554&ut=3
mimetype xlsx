--- v0 (2025-10-23)
+++ v1 (2026-02-27)
@@ -370,73 +370,81 @@
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1820655400</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Довбиш, Баранівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
-      <c r="L2" s="6"/>
-      <c r="M2" s="4"/>
+      <c r="L2" s="6" t="inlineStr">
+        <is>
+          <t>UA18080090010071852</t>
+        </is>
+      </c>
+      <c r="M2" s="4" t="inlineStr">
+        <is>
+          <t>Житомирська обл., Звягельський р-н, с-ще Довбиш</t>
+        </is>
+      </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, у справах сім`ї, молоді та спорту Довбиської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04144)51292, (04144)51274</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dovbysh.school@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Новіцька Валентина Іванівна</t>
+          <t>Директор Романчук Вадим Володимирович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">