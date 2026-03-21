--- v0 (2025-10-20)
+++ v1 (2026-03-21)
@@ -883,73 +883,81 @@
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1820655400</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>смт Довбиш, Баранівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
-      <c r="L7" s="6"/>
-      <c r="M7" s="4"/>
+      <c r="L7" s="6" t="inlineStr">
+        <is>
+          <t>UA18080090010071852</t>
+        </is>
+      </c>
+      <c r="M7" s="4" t="inlineStr">
+        <is>
+          <t>Житомирська обл., Звягельський р-н, с-ще Довбиш</t>
+        </is>
+      </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, у справах сім`ї, молоді та спорту Довбиської селищної ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(04144)51292, (04144)51274</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>dovbysh.school@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Новіцька Валентина Іванівна</t>
+          <t>Директор Романчук Вадим Володимирович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1404,52 +1412,60 @@
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1820655700</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>смт Кам'яний Брід, Баранівський район, Житомирська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
           <t>вулиця Лесі Українки, 1</t>
         </is>
       </c>
-      <c r="L12" s="6"/>
-      <c r="M12" s="4"/>
+      <c r="L12" s="6" t="inlineStr">
+        <is>
+          <t>UA18080090020027139</t>
+        </is>
+      </c>
+      <c r="M12" s="4" t="inlineStr">
+        <is>
+          <t>Житомирська обл., Звягельський р-н, с-ще Кам’яний Брід</t>
+        </is>
+      </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, у справах сім`ї, молоді та спорту Довбиської селищної ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(04144)71234</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>school_kambrid@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Гнітецький Володимир Петрович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
@@ -1652,51 +1668,51 @@
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>гуманітарний відділ Баранівської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(098)8466933</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>super-klim2017@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/baranivka-school-2/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Мантик Володимир Володимирович</t>
+          <t>Завідувач Ільчук Леся Василівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
@@ -2443,64 +2459,64 @@
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Смолдирівська загальноосвітня школа І-ІІІ ступенів Баранівської міської ради</t>
+          <t>Смолдирівська гімназія Баранівської міської ради</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
         <v>141338</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Смолдирівська 3OШ I-III cт.</t>
+          <t>Смолдирівська гімназія</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>1820685301</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Житомирська область</t>