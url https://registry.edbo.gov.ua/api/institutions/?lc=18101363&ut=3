--- v0 (2025-10-07)
+++ v1 (2026-02-27)
@@ -1195,51 +1195,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Житомирської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(0412)267290</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>school27zt@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://27.zosh.zt.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Колодницький Віталій Петрович</t>
+          <t>В.о. директора Івахнова Олена Олександрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">