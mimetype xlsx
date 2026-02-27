--- v0 (2025-12-08)
+++ v1 (2026-02-27)
@@ -3673,51 +3673,51 @@
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Житомирської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
           <t>(0412)267290</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
           <t>school27zt@gmail.com</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
           <t>http://27.zosh.zt.ua</t>
         </is>
       </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Колодницький Віталій Петрович</t>
+          <t>В.о. директора Івахнова Олена Олександрівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">