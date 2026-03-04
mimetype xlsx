--- v0 (2025-11-01)
+++ v1 (2026-03-04)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад Новоселівський Перший навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад Очеретинської селищної військово-цивільної адміністрації Покровського району Донецької області</t>
+          <t>Комунальний заклад Новоселівський Перший навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад Очеретинської селищної військово-цивільної адміністрації Покровського району Донецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>146361</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Новоселівський Перший НВК</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
@@ -388,57 +388,57 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14160190190099080</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, с. Новоселівка Перша</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління з питань освіти, молоді, спорту та розвитку культури Очеретинської селищної військової адміністрації Покровського району Донецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(06236)54-4-40</t>
+          <t>(095)4269020</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>Novoselivka1nvk@ukr.net</t>
+          <t>novoselivskij1nvk@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://novoselivka1nvk.donetskedu.com/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Каракуц Наталія Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>