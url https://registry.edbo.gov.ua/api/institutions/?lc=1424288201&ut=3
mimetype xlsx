--- v0 (2025-10-30)
+++ v1 (2026-01-10)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Нова, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14120010050096041</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Краматорський р-н, с. Сергіївка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Андріївської сільської ради Краматорського району Донецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(099)0126384</t>
+          <t>(066)0126384</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>sergzzso@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Строк Галина Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">