--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Прелесненська гімназія Черкаської селищної ради Краматорського району Донецької області</t>
+          <t>Прилісненська гімназія Черкаської селищної ради Краматорського району Донецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137055</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Прелесненська гімназія</t>
+          <t>Прилісненська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1424285701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Краматорський р-н, с. Прелесне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Черкаської селищної ради Краматорського району Донецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(050)838-93-17</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>shkola.prelestnoe1@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://prelesne.ukoz.ru</t>
+          <t>https://gymnasiumprelesno.wixsite.com/prelesneschool</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Курп`якова Світлана Олегівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>