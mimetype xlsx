--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -367,51 +367,51 @@
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1424210800</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Миколаївка, Слов'янський район, Донецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сінецького, 15</t>
+          <t>вулиця Синецького, 15</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14120130010079249</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Краматорський р-н, м. Миколаївка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06262)42077, (06262)42519</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">